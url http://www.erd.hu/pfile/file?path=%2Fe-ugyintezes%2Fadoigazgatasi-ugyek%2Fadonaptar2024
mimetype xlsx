--- v0 (2025-12-05)
+++ v1 (2026-01-28)
@@ -4,147 +4,144 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Saját\keniko\ENIKŐ\HDD_MENTES\ENIKŐ 2025\Adózási információk\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="L:\Adohatosag\ADÓ 2025\Enikő\Adónaptár\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="480" yWindow="135" windowWidth="18195" windowHeight="11760"/>
   </bookViews>
   <sheets>
     <sheet name="Munka1" sheetId="1" r:id="rId1"/>
     <sheet name="Munka2" sheetId="2" r:id="rId2"/>
     <sheet name="Munka3" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="26">
   <si>
     <t>Adónaptár</t>
   </si>
   <si>
     <t>Dátum</t>
   </si>
   <si>
     <t>Esemény</t>
   </si>
   <si>
     <t>Törvényi háttér</t>
   </si>
   <si>
     <t>Talajterhelési díj bevallása, megfizetése</t>
   </si>
   <si>
     <t>Idegenforgalmi adó bevallása, megfizetése</t>
   </si>
   <si>
-    <t>Építményadó , telekadó II. negyed évi adója                 Idegenforgalmi adó bevallása, megfizetése</t>
-[...4 lines deleted...]
-  <si>
     <t>Helyi iparűzési adó bevallása és az adókülönbözet megfizetése.</t>
   </si>
   <si>
-    <t>Építményadó , telekadó III. negyed évi adója                    Helyi ipaűzési adó II. félévi adóelőleg megfizetése          Idegenforgalmi adó bevallása, megfizetése</t>
-[...4 lines deleted...]
-  <si>
     <t>Art. 2. számú melléklet II.                                                          Art. 3. számú melléklet II.                                  Htv. 30. - 34. §</t>
   </si>
   <si>
-    <t>Építményadó , telekadó I. negyed évi adója;                 Helyi iparűzési adó I. félévi adóelőleg; Idegenforgalmi adó bevallása, megfizetése</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> 85/2011. (XII.22.) önkormányzati rendelete a talajterhelési díjról</t>
   </si>
   <si>
     <t xml:space="preserve"> Idegenforgalmi adó bevallása, megfizetése    </t>
   </si>
   <si>
     <t>Art. 2. sz. melléklet II. A.3. pont</t>
   </si>
   <si>
     <t xml:space="preserve"> Htv.                                                                                                     42/2011 (VI.29) számú önkormányzati rendelet      Art. 2. sz melléklet II.A.3. pont</t>
   </si>
   <si>
     <t>Art. 2. sz. melléklet II. A. 3. pont</t>
   </si>
   <si>
     <t xml:space="preserve">Art. 2. sz . melléklet II. A. 3. pont                                                 </t>
   </si>
   <si>
     <t>Art. 2. sz. melléklet II. A. 1. a. pontja</t>
   </si>
   <si>
     <t xml:space="preserve">Art. 2. sz. melléklet II. A. 3. pont                                                        </t>
   </si>
   <si>
     <t xml:space="preserve">Art. 2. sz. melléklet II. A. 3. pont   </t>
   </si>
   <si>
     <t>Art. 2. számú melléklet II. A. 3. pont                                                                                                                            Htv.                                                                                                     42/2011 (VI.29) számú önkormányzati rendelet</t>
   </si>
   <si>
-    <t xml:space="preserve">Art. 2. számú melléklet II.  A. 3. pont                                                                          </t>
-[...1 lines deleted...]
-  <si>
     <t>Art. 2. számú melléklet II.  A. 3. pont                                                                                                                         Htv.                                                                                                     42/2011 (VI.29) számú önkormányzati rendelet</t>
   </si>
   <si>
-    <t xml:space="preserve">  1. Idegenforgalmi adó bevallása és megfizetése                               2. Építmény- és telekadó adókötelezettségben bekövetkezett változás bejelentése                  </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve"> Htv. 30. - 34. §                                                                 Htv. 11/A. §                                                           Art. 2. sz. melléklet II. A. 4. pnt                    </t>
+  </si>
+  <si>
+    <t>Építményadó , telekadó I. félévi adó,  Helyi iparűzési adó I. félévi adóelőleg; Idegenforgalmi adó bevallása, megfizetése</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Art. 2. számú melléklet II.                                                          Art. 3. számú melléklet II.                                                                           Htv.                                                                                                  </t>
+  </si>
+  <si>
+    <t>Építményadó , telekadó II. félévi adója                    Helyi ipaűzési adó II. félévi adóelőleg megfizetése          Idegenforgalmi adó bevallása, megfizetése</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Idegenforgalmi adó bevallása, megfizetése</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Art. 2. számú melléklet II.  A. 3. pont       42/2011 (VI.29) számú önkormányzati rendelet                                                                    </t>
+  </si>
+  <si>
+    <t xml:space="preserve">  Idegenforgalmi adó bevallása és megfizetése                                  </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -500,231 +497,231 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:C25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A17" sqref="A17"/>
+      <selection activeCell="B5" sqref="B5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="10.140625" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="20.85546875" customWidth="1"/>
     <col min="3" max="3" width="38.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="18.75" x14ac:dyDescent="0.3">
       <c r="A1" s="5" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="5"/>
       <c r="C1" s="5"/>
     </row>
     <row r="2" spans="1:3" ht="10.5" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:3" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="4" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="4" t="s">
         <v>2</v>
       </c>
       <c r="C3" s="4" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="4" spans="1:3" s="1" customFormat="1" ht="120" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:3" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A4" s="2">
-        <v>45672</v>
+        <v>46037</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>25</v>
       </c>
       <c r="C4" s="3" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:3" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A5" s="2">
-        <v>45705</v>
+        <v>46069</v>
       </c>
       <c r="B5" s="3" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="C5" s="3" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-    <row r="6" spans="1:3" s="1" customFormat="1" ht="120" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" s="1" customFormat="1" ht="105" x14ac:dyDescent="0.25">
       <c r="A6" s="2">
-        <v>45733</v>
+        <v>46097</v>
       </c>
       <c r="B6" s="3" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="C6" s="3" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
     </row>
     <row r="7" spans="1:3" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A7" s="2">
-        <v>45747</v>
+        <v>46112</v>
       </c>
       <c r="B7" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C7" s="3" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:3" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A8" s="2">
-        <v>45762</v>
+        <v>46127</v>
       </c>
       <c r="B8" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="3" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:3" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A9" s="2">
-        <v>45792</v>
+        <v>46157</v>
       </c>
       <c r="B9" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C9" s="3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:3" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A10" s="2">
-        <v>45810</v>
+        <v>46174</v>
       </c>
       <c r="B10" s="3" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="C10" s="3" t="s">
-        <v>19</v>
-[...2 lines deleted...]
-    <row r="11" spans="1:3" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A11" s="2">
-        <v>45824</v>
+        <v>46188</v>
       </c>
       <c r="B11" s="3" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C11" s="3" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
     </row>
     <row r="12" spans="1:3" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A12" s="2">
-        <v>45853</v>
+        <v>46218</v>
       </c>
       <c r="B12" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C12" s="3" t="s">
-        <v>11</v>
+        <v>7</v>
       </c>
     </row>
     <row r="13" spans="1:3" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A13" s="2">
-        <v>45884</v>
+        <v>46251</v>
       </c>
       <c r="B13" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C13" s="3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="14" spans="1:3" s="1" customFormat="1" ht="135" x14ac:dyDescent="0.25">
       <c r="A14" s="2">
-        <v>45915</v>
+        <v>46280</v>
       </c>
       <c r="B14" s="3" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="C14" s="3" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:3" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A15" s="2">
-        <v>45945</v>
+        <v>46310</v>
       </c>
       <c r="B15" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C15" s="3" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:3" s="1" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A16" s="2">
-        <v>45978</v>
+        <v>46342</v>
       </c>
       <c r="B16" s="3" t="s">
         <v>5</v>
       </c>
       <c r="C16" s="3" t="s">
-        <v>21</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:3" s="1" customFormat="1" ht="90" x14ac:dyDescent="0.25">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3" s="1" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A17" s="2">
-        <v>46006</v>
+        <v>46371</v>
       </c>
       <c r="B17" s="3" t="s">
-        <v>7</v>
+        <v>23</v>
       </c>
       <c r="C17" s="3" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="19" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="20" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="21" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="22" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="23" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="24" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="25" spans="1:3" s="1" customFormat="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>